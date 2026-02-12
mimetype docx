--- v0 (2025-11-24)
+++ v1 (2026-02-12)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="18768FD9" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1779435D" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2219FDDC" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A2CA7CE" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
@@ -368,107 +368,107 @@
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FFA90D9" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A93B62B" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FC04139" w14:textId="5E6BDD94" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="00BB06B8" w:rsidP="002425D6">
+    <w:p w14:paraId="5FC04139" w14:textId="41DB0DCD" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="00D36DFB" w:rsidP="002425D6">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:t>23</w:t>
+        <w:t>24</w:t>
       </w:r>
       <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>. izdaja,</w:t>
       </w:r>
       <w:r w:rsidR="00E00AE8" w:rsidRPr="009511AD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:t xml:space="preserve">julij </w:t>
+        <w:t xml:space="preserve">januar </w:t>
       </w:r>
       <w:r w:rsidR="001B615E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="000F1C2D">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D930AFC" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009511AD">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="009511AD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>KAZALO</w:t>
@@ -567,331 +567,331 @@
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E55D46" w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49351CE2" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="00000000" w:rsidP="002425D6">
+    <w:p w14:paraId="49351CE2" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:pStyle w:val="Kazalovsebine2"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc414364206" w:history="1">
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.1 Namen tarifnih opustitev</w:t>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc414364206 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E55D46" w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15A1E67E" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="00000000" w:rsidP="002425D6">
+    <w:p w14:paraId="15A1E67E" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:pStyle w:val="Kazalovsebine2"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc414364207" w:history="1">
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.2 Postopek za uvedbo opustitve avtonomnih dajatev</w:t>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc414364207 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E55D46" w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7F1421D2" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="00000000" w:rsidP="002425D6">
+    <w:p w14:paraId="7F1421D2" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:pStyle w:val="Kazalovsebine1"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="sl-SI" w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc414364208" w:history="1">
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:noProof/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>2. UPORABNO ZA UVOZNIKA</w:t>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc414364208 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E55D46" w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42628261" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="00000000" w:rsidP="002425D6">
+    <w:p w14:paraId="42628261" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:pStyle w:val="Kazalovsebine1"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="sl-SI" w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc414364209" w:history="1">
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:noProof/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>3. OPUSTITEV AVTONOMNIH DAJATEV - CIVILNI ZRAKOPLOVI</w:t>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc414364209 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E55D46" w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+        <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="58309E46" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="009511AD">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="009511AD">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
@@ -1415,197 +1415,197 @@
         <w:r w:rsidRPr="009511AD">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Uredba Sveta (ES) št. 2018/581 z dne 18. 4. 2018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009511AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009511AD">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>o začasni opustitvi avtonomnih dajatev skupne carinske tarife za nekatero blago, ki se vgrajuje v zrakoplove ali se v njih uporablja, in o razveljavitvi Uredbe (ES) št. 1147/2002.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BF2EC7F" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="00000000" w:rsidP="002425D6">
+    <w:p w14:paraId="4BF2EC7F" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="002425D6" w:rsidRPr="00657500">
+        <w:r w:rsidRPr="00657500">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t xml:space="preserve">Uredba Sveta (EU) št. </w:t>
         </w:r>
         <w:r w:rsidR="00657500" w:rsidRPr="00657500">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>2021</w:t>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="00657500">
+        <w:r w:rsidRPr="00657500">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
         <w:r w:rsidR="00657500" w:rsidRPr="00657500">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>2283</w:t>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="00657500">
+        <w:r w:rsidRPr="00657500">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t xml:space="preserve"> z dne </w:t>
         </w:r>
         <w:r w:rsidR="00657500" w:rsidRPr="00657500">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="00657500">
+        <w:r w:rsidRPr="00657500">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>. decembra 20</w:t>
         </w:r>
         <w:r w:rsidR="00657500" w:rsidRPr="00657500">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="002425D6" w:rsidRPr="00657500">
+        <w:r w:rsidRPr="00657500">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="002425D6" w:rsidRPr="009511AD">
+      <w:r w:rsidRPr="009511AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00657500" w:rsidRPr="00657500">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>o odprtju in zagotavljanju upravljanja avtonomnih tarifnih kvot Unije za nekatere kmetijske in industrijske proizvode ter razveljavitvi Uredbe (EU) št. 1388/2013</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4167AE76" w14:textId="77777777" w:rsidR="00657500" w:rsidRPr="009511AD" w:rsidRDefault="00000000" w:rsidP="00657500">
+    <w:p w14:paraId="4167AE76" w14:textId="77777777" w:rsidR="00657500" w:rsidRPr="009511AD" w:rsidRDefault="00657500" w:rsidP="00657500">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00657500" w:rsidRPr="00657500">
+        <w:r w:rsidRPr="00657500">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Uredba Sveta (EU) št. 2021/2278</w:t>
         </w:r>
-        <w:r w:rsidR="00657500" w:rsidRPr="00657500">
+        <w:r w:rsidRPr="00657500">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t xml:space="preserve"> z dne 20. decembra 2021</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00657500" w:rsidRPr="009511AD">
+      <w:r w:rsidRPr="009511AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00657500" w:rsidRPr="00657500">
+      <w:r w:rsidRPr="00657500">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>o opustitvi dajatev skupne carinske tarife iz člena 56(2), točka (c), Uredbe (EU) št. 952/2013 za nekatere kmetijske in industrijske proizvode ter razveljavitvi Uredbe (EU) št. 1387/2013</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="419CB50A" w14:textId="77ECED37" w:rsidR="00EB7DEC" w:rsidRPr="00280E9A" w:rsidRDefault="00BE4FE6" w:rsidP="00EB7DEC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk187159721"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
@@ -1628,177 +1628,201 @@
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>avtonomnih tarifnih kvot</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE4FE6">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> Unije za nekatere kmetijske in industrijske proizvode ter razveljavitvi Uredbe (EU) št. 1388/2013</w:t>
       </w:r>
       <w:r w:rsidR="00EB7DEC" w:rsidRPr="009511AD">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="7" w:name="_Hlk77671164"/>
     <w:bookmarkStart w:id="8" w:name="_Hlk92359707"/>
-    <w:p w14:paraId="61EC1A88" w14:textId="5CA4E809" w:rsidR="00C3121C" w:rsidRDefault="00C3121C" w:rsidP="00CF4D78">
+    <w:p w14:paraId="78CC943A" w14:textId="6D960CD2" w:rsidR="0014290B" w:rsidRDefault="0014290B" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:instrText>HYPERLINK "https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=OJ:L_202501292"</w:instrText>
+        <w:instrText>HYPERLINK "https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=CELEX%3A32025R2605&amp;qid=1767616061565"</w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00C3121C">
+      <w:r w:rsidRPr="0014290B">
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:t>Uredba Sveta (EU) 2025/1292 z dne 23. junija 2025</w:t>
+        <w:t>Uredba Sveta (EU) 2025/2605 z dne 12. decembra 2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3686935B" w14:textId="65D61B8F" w:rsidR="00EF3863" w:rsidRPr="002224EB" w:rsidRDefault="002224EB" w:rsidP="00CF4D78">
+    <w:p w14:paraId="61EC1A88" w14:textId="1933F1B6" w:rsidR="00C3121C" w:rsidRDefault="00C3121C" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...34 lines deleted...]
-    <w:p w14:paraId="42F1717D" w14:textId="3B48E59A" w:rsidR="0056689A" w:rsidRPr="00E00F7A" w:rsidRDefault="002224EB" w:rsidP="00CF4D78">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00C3121C">
+          <w:rPr>
+            <w:rStyle w:val="Hiperpovezava"/>
+            <w:lang w:val="sl-SI"/>
+          </w:rPr>
+          <w:t>Uredba Sveta (EU) 2025/1292 z dne 23. junija 2025</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3686935B" w14:textId="65D61B8F" w:rsidR="00EF3863" w:rsidRPr="002224EB" w:rsidRDefault="002224EB" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hiperpovezava"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=OJ:L_202403213&amp;qid=1736263486278"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hiperpovezava"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hiperpovezava"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00EF3863" w:rsidRPr="002224EB">
+        <w:rPr>
+          <w:rStyle w:val="Hiperpovezava"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t>Uredba Sveta (EU) 2024/3213 z dne 16. decembra 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F1717D" w14:textId="3B48E59A" w:rsidR="0056689A" w:rsidRPr="00E00F7A" w:rsidRDefault="002224EB" w:rsidP="00CF4D78">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Hiperpovezava"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hiperpovezava"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="0056689A" w:rsidRPr="0056689A">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Uredba Sveta (EU) 2024/1829 z dne 25. junija 2024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="74EAAD8C" w14:textId="1C995F80" w:rsidR="001B615E" w:rsidRPr="003C36AD" w:rsidRDefault="003C36AD" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1840,163 +1864,163 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="13AD59D3" w14:textId="3676ED36" w:rsidR="00852743" w:rsidRDefault="003C36AD" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:color w:val="auto"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:color w:val="auto"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00852743" w:rsidRPr="00852743">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Uredba Sveta (EU) 2023/1191 z dne 16. junija 2023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="014327BF" w14:textId="1A85A23A" w:rsidR="00EC746B" w:rsidRPr="00EC746B" w:rsidRDefault="00000000" w:rsidP="00CF4D78">
+    <w:p w14:paraId="014327BF" w14:textId="1A85A23A" w:rsidR="00EC746B" w:rsidRPr="00EC746B" w:rsidRDefault="00EC746B" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:color w:val="auto"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="00EC746B" w:rsidRPr="00EC746B">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00EC746B">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t xml:space="preserve">Uredba </w:t>
         </w:r>
-        <w:r w:rsidR="00EC746B" w:rsidRPr="00EC746B">
+        <w:r w:rsidRPr="00EC746B">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:bCs/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Sveta</w:t>
         </w:r>
-        <w:r w:rsidR="00EC746B" w:rsidRPr="00EC746B">
+        <w:r w:rsidRPr="00EC746B">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t xml:space="preserve"> (EU) 2022/2563 z dne 19. decembra 2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1BD0A4BC" w14:textId="0791D91F" w:rsidR="008F51E8" w:rsidRPr="00983F0E" w:rsidRDefault="00000000" w:rsidP="00CF4D78">
+    <w:p w14:paraId="1BD0A4BC" w14:textId="0791D91F" w:rsidR="008F51E8" w:rsidRPr="00983F0E" w:rsidRDefault="008F51E8" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="008F51E8" w:rsidRPr="00983F0E">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00983F0E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Uredba Sveta (EU) 2022/972 z dne 17. junija 2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="53418E17" w14:textId="4A0ACFBF" w:rsidR="00280E9A" w:rsidRPr="000F1C2D" w:rsidRDefault="00000000" w:rsidP="00CF4D78">
+    <w:p w14:paraId="53418E17" w14:textId="4A0ACFBF" w:rsidR="00280E9A" w:rsidRPr="000F1C2D" w:rsidRDefault="00280E9A" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidR="00280E9A" w:rsidRPr="00983F0E">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00983F0E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Uredba Sveta (EU) 2021/2283 z dne 20. decembra 2021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="14F4F2FB" w14:textId="77777777" w:rsidR="004106F8" w:rsidRPr="00983F0E" w:rsidRDefault="00000000" w:rsidP="00CF4D78">
+    <w:p w14:paraId="14F4F2FB" w14:textId="77777777" w:rsidR="004106F8" w:rsidRPr="00983F0E" w:rsidRDefault="004106F8" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidR="004106F8" w:rsidRPr="00983F0E">
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00983F0E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Uredba Sveta (EU) 2021/1051 z dne 18. junija 2021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p w14:paraId="141A4CDF" w14:textId="77777777" w:rsidR="00E00AE8" w:rsidRPr="00983F0E" w:rsidRDefault="00E00AE8" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00983F0E">
         <w:rPr>
@@ -2028,112 +2052,126 @@
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>Uredba Sveta (EU) 2020/2230 z dne 28. decembra 2020</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5003B7A4" w14:textId="77777777" w:rsidR="004806EE" w:rsidRPr="00983F0E" w:rsidRDefault="00E00AE8" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00983F0E">
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidR="004806EE" w:rsidRPr="00983F0E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Uredba Sveta (EU) 2020/875 z dne 15. junija 2020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="39A8E3FF" w14:textId="440E91A5" w:rsidR="009511AD" w:rsidRPr="000F1C2D" w:rsidRDefault="00000000" w:rsidP="00CF4D78">
+    <w:p w14:paraId="39A8E3FF" w14:textId="440E91A5" w:rsidR="009511AD" w:rsidRPr="000F1C2D" w:rsidRDefault="009511AD" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="009511AD" w:rsidRPr="00983F0E">
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00983F0E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Uredba Sveta (EU) 2019/2220 z dne 19. decembra 2019</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009511AD" w:rsidRPr="000F1C2D">
+      <w:r w:rsidRPr="000F1C2D">
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D1EEEE3" w14:textId="6A8443B5" w:rsidR="001B615E" w:rsidRPr="00983F0E" w:rsidRDefault="00000000" w:rsidP="001B615E">
+    <w:p w14:paraId="5D1EEEE3" w14:textId="6A8443B5" w:rsidR="001B615E" w:rsidRPr="00983F0E" w:rsidRDefault="00F2387D" w:rsidP="001B615E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidR="00F2387D" w:rsidRPr="00983F0E">
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00983F0E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
-          <w:t>Uredba Sveta (EU) 2019/998 z dne 13. junija 2019</w:t>
+          <w:t>Uredba Sveta (EU) 2019/998</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00983F0E">
+          <w:rPr>
+            <w:rStyle w:val="Hiperpovezava"/>
+            <w:lang w:val="sl-SI"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00983F0E">
+          <w:rPr>
+            <w:rStyle w:val="Hiperpovezava"/>
+            <w:lang w:val="sl-SI"/>
+          </w:rPr>
+          <w:t>z dne 13. junija 2019</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkEnd w:id="8"/>
     <w:p w14:paraId="63A4A056" w14:textId="77777777" w:rsidR="009511AD" w:rsidRPr="009511AD" w:rsidRDefault="009511AD" w:rsidP="009511AD">
       <w:pPr>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DA7E1BA" w14:textId="550453A6" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="00BE4FE6" w:rsidP="00EB7DEC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:contextualSpacing/>
@@ -2187,177 +2225,201 @@
         <w:t>(avtonomna tarifna opustitev)</w:t>
       </w:r>
       <w:r w:rsidR="00910CD5">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE4FE6">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>iz člena 56(2), točka (c), Uredbe (EU) št. 952/2013 za nekatere kmetijske in industrijske proizvode ter razveljavitvi Uredbe (EU) št. 1387/2013</w:t>
       </w:r>
       <w:r w:rsidR="00EB7DEC" w:rsidRPr="009511AD">
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="9" w:name="_Hlk77671168"/>
     <w:bookmarkStart w:id="10" w:name="_Hlk92359724"/>
-    <w:p w14:paraId="22BE0E1E" w14:textId="576DA350" w:rsidR="00C3121C" w:rsidRDefault="00C3121C" w:rsidP="00CF4D78">
+    <w:p w14:paraId="58194AA9" w14:textId="6243A502" w:rsidR="0014290B" w:rsidRDefault="0014290B" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:instrText>HYPERLINK "https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=OJ:L_202501303"</w:instrText>
+        <w:instrText>HYPERLINK "https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=CELEX%3A32025R2614&amp;qid=1767616497781"</w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00C3121C">
+      <w:r w:rsidRPr="0014290B">
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:t>Uredba Sveta (EU) 2025/1303 z dne 23. junija 2025</w:t>
+        <w:t>Uredba Sveta (EU) 2025/2614 z dne 12. decembra 2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C03EB4" w14:textId="3D669063" w:rsidR="00EF3863" w:rsidRPr="002224EB" w:rsidRDefault="002224EB" w:rsidP="00CF4D78">
+    <w:p w14:paraId="22BE0E1E" w14:textId="3076C967" w:rsidR="00C3121C" w:rsidRDefault="00C3121C" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...34 lines deleted...]
-    <w:p w14:paraId="5B598189" w14:textId="12B27FA8" w:rsidR="00377462" w:rsidRPr="00983F0E" w:rsidRDefault="002224EB" w:rsidP="00CF4D78">
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="00C3121C">
+          <w:rPr>
+            <w:rStyle w:val="Hiperpovezava"/>
+            <w:lang w:val="sl-SI"/>
+          </w:rPr>
+          <w:t>Uredba Sveta (EU) 2025/1303 z dne 23. junija 2025</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="37C03EB4" w14:textId="3D669063" w:rsidR="00EF3863" w:rsidRPr="002224EB" w:rsidRDefault="002224EB" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hiperpovezava"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=OJ:L_202403211&amp;qid=1736263486278"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hiperpovezava"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hiperpovezava"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00EF3863" w:rsidRPr="002224EB">
+        <w:rPr>
+          <w:rStyle w:val="Hiperpovezava"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t>Uredba Sveta (EU) 2024/3211 z dne 16. decembra 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B598189" w14:textId="12B27FA8" w:rsidR="00377462" w:rsidRPr="00983F0E" w:rsidRDefault="002224EB" w:rsidP="00CF4D78">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Hiperpovezava"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hiperpovezava"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="00377462" w:rsidRPr="00983F0E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Uredba Sveta (EU) 2024/1851 z dne 25. junija 2024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="69234BB1" w14:textId="7AC7BAE3" w:rsidR="001B615E" w:rsidRPr="00983F0E" w:rsidRDefault="003C36AD" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00983F0E">
         <w:rPr>
@@ -2393,219 +2455,159 @@
         </w:rPr>
         <w:t>Uredba Sveta (EU) 2023/2890 z dne 19. decembra 2023</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C608CC1" w14:textId="79C43B8E" w:rsidR="00852743" w:rsidRPr="00983F0E" w:rsidRDefault="003C36AD" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00983F0E">
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="00852743" w:rsidRPr="00983F0E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Uredba Sveta (EU) 2023/1190 z dne 16. junija 2023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2672F1C3" w14:textId="2541BB41" w:rsidR="00EC746B" w:rsidRPr="00983F0E" w:rsidRDefault="00000000" w:rsidP="00CF4D78">
+    <w:p w14:paraId="2672F1C3" w14:textId="2541BB41" w:rsidR="00EC746B" w:rsidRPr="00983F0E" w:rsidRDefault="00EC746B" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidR="00EC746B" w:rsidRPr="00EC746B">
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00EC746B">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Uredba Sveta (EU) 2022/2583 z dne 19. decembra 2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5750581B" w14:textId="29C284F2" w:rsidR="00BE4FE6" w:rsidRPr="00983F0E" w:rsidRDefault="00000000" w:rsidP="00CF4D78">
+    <w:p w14:paraId="5750581B" w14:textId="29C284F2" w:rsidR="00BE4FE6" w:rsidRPr="00983F0E" w:rsidRDefault="00BE4FE6" w:rsidP="00CF4D78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidR="00BE4FE6" w:rsidRPr="00983F0E">
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00983F0E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Uredba Sveta (EU) 2022/1008 z dne 17. junija 2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6C8B7848" w14:textId="7929E558" w:rsidR="00280E9A" w:rsidRPr="000F1C2D" w:rsidRDefault="00000000" w:rsidP="00CF4D78">
+    <w:p w14:paraId="3D924895" w14:textId="5C0F114F" w:rsidR="0014290B" w:rsidRPr="0014290B" w:rsidRDefault="00280E9A" w:rsidP="0014290B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Hiperpovezava"/>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId30" w:history="1">
-        <w:r w:rsidR="00280E9A" w:rsidRPr="00983F0E">
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00983F0E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
-          <w:t>Uredba Sveta (EU) 2021/2278 z dne 20. decembra 2021</w:t>
+          <w:t>Uredba Sveta (EU) 2021/2278 z dne 2</w:t>
         </w:r>
-      </w:hyperlink>
-[...15 lines deleted...]
-        <w:r w:rsidR="004106F8" w:rsidRPr="00983F0E">
+        <w:r w:rsidRPr="00983F0E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
-          <w:t>Uredba Sveta (EU) 2021/1052 z dne 18. junija 2021</w:t>
+          <w:t>0</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00983F0E">
+          <w:rPr>
+            <w:rStyle w:val="Hiperpovezava"/>
+            <w:lang w:val="sl-SI"/>
+          </w:rPr>
+          <w:t>. decembra 2021</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...47 lines deleted...]
-    <w:p w14:paraId="10472DCD" w14:textId="658C1D53" w:rsidR="002425D6" w:rsidRPr="007619F9" w:rsidRDefault="00E00AE8" w:rsidP="007619F9">
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="10472DCD" w14:textId="15ABC527" w:rsidR="002425D6" w:rsidRPr="007619F9" w:rsidRDefault="002425D6" w:rsidP="007619F9">
       <w:pPr>
         <w:spacing w:before="120" w:after="100" w:afterAutospacing="1" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00983F0E">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="15B4D43D" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc414364209"/>
       <w:r w:rsidRPr="009511AD">
         <w:t>3. OPUSTITEV AVTONOMNIH DAJATEV - CIVILNI ZRAKOPLOVI</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="553ED591" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI" w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="c11404"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="009511AD">
@@ -3277,235 +3279,235 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI" w:eastAsia="sl-SI"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6365C751" w14:textId="77777777" w:rsidR="002425D6" w:rsidRPr="009511AD" w:rsidRDefault="002425D6" w:rsidP="002425D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="529C5826" w14:textId="77777777" w:rsidR="00275A50" w:rsidRPr="009511AD" w:rsidRDefault="00275A50" w:rsidP="002425D6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00275A50" w:rsidRPr="009511AD" w:rsidSect="00783310">
-      <w:headerReference w:type="default" r:id="rId32"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId35"/>
+      <w:headerReference w:type="default" r:id="rId33"/>
+      <w:footerReference w:type="default" r:id="rId34"/>
+      <w:headerReference w:type="first" r:id="rId35"/>
+      <w:footerReference w:type="first" r:id="rId36"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="1134" w:left="1701" w:header="964" w:footer="794" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02C0194F" w14:textId="77777777" w:rsidR="00323B4A" w:rsidRDefault="00323B4A">
+    <w:p w14:paraId="7C4E92F3" w14:textId="77777777" w:rsidR="009D7814" w:rsidRDefault="009D7814">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C20D7BC" w14:textId="77777777" w:rsidR="00323B4A" w:rsidRDefault="00323B4A">
+    <w:p w14:paraId="5BADFFFA" w14:textId="77777777" w:rsidR="009D7814" w:rsidRDefault="009D7814">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Republika">
     <w:panose1 w:val="02000506040000020004"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="4000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Republika Bold">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02000806030000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1B1BC5A0" w14:textId="77777777" w:rsidR="009F30FB" w:rsidRDefault="009F30FB" w:rsidP="009F30FB">
     <w:pPr>
       <w:pStyle w:val="Noga"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00FE3A1E" w:rsidRPr="00FE3A1E">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="61B9772D" w14:textId="77777777" w:rsidR="00CA699D" w:rsidRDefault="00CA699D" w:rsidP="00751D38">
     <w:pPr>
       <w:pStyle w:val="Noga"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43566377" w14:textId="77777777" w:rsidR="00323B4A" w:rsidRDefault="00323B4A">
+    <w:p w14:paraId="73881D64" w14:textId="77777777" w:rsidR="009D7814" w:rsidRDefault="009D7814">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="044B0709" w14:textId="77777777" w:rsidR="00323B4A" w:rsidRDefault="00323B4A">
+    <w:p w14:paraId="71324D34" w14:textId="77777777" w:rsidR="009D7814" w:rsidRDefault="009D7814">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68265CF6" w14:textId="77777777" w:rsidR="00CA699D" w:rsidRPr="00110CBD" w:rsidRDefault="00CA699D" w:rsidP="007D75CF">
     <w:pPr>
       <w:pStyle w:val="Glava"/>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:bottomFromText="6005" w:vertAnchor="page" w:horzAnchor="page" w:tblpX="925" w:tblpY="869"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="649"/>
     </w:tblGrid>
     <w:tr w:rsidR="00CA699D" w:rsidRPr="008F3500" w14:paraId="7C1BC155" w14:textId="77777777">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:hRule="exact" w:val="847"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="567" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="2E188379" w14:textId="77777777" w:rsidR="00CA699D" w:rsidRDefault="00CA699D" w:rsidP="00D248DE">
           <w:pPr>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -4012,51 +4014,51 @@
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:t>www.fu.gov.si</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="36CA67D4" w14:textId="77777777" w:rsidR="00CA699D" w:rsidRPr="008F3500" w:rsidRDefault="00CA699D" w:rsidP="007D75CF">
     <w:pPr>
       <w:pStyle w:val="Glava"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="5112"/>
       </w:tabs>
       <w:rPr>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07CE0BCE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A72E050E"/>
     <w:lvl w:ilvl="0" w:tplc="04240001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04240003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6483,53 +6485,53 @@
   <w:num w:numId="17" w16cid:durableId="1216819824">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="514150245">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="187063234">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1869827582">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="813520544">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="448548980">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="88817353">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="150"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="284"/>
   <w:drawingGridVerticalSpacing w:val="284"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#428299"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
@@ -6548,50 +6550,51 @@
     <w:rsid w:val="00023A88"/>
     <w:rsid w:val="00030608"/>
     <w:rsid w:val="000517B6"/>
     <w:rsid w:val="00062108"/>
     <w:rsid w:val="000805EA"/>
     <w:rsid w:val="0008352D"/>
     <w:rsid w:val="000863C4"/>
     <w:rsid w:val="000A488B"/>
     <w:rsid w:val="000A7238"/>
     <w:rsid w:val="000B0B21"/>
     <w:rsid w:val="000C203D"/>
     <w:rsid w:val="000C2273"/>
     <w:rsid w:val="000C59EA"/>
     <w:rsid w:val="000C7716"/>
     <w:rsid w:val="000D66CF"/>
     <w:rsid w:val="000D7141"/>
     <w:rsid w:val="000E2A16"/>
     <w:rsid w:val="000E5E52"/>
     <w:rsid w:val="000F0EDD"/>
     <w:rsid w:val="000F1C2D"/>
     <w:rsid w:val="001078C6"/>
     <w:rsid w:val="00111A1C"/>
     <w:rsid w:val="001165B9"/>
     <w:rsid w:val="00116D3D"/>
     <w:rsid w:val="001357B2"/>
+    <w:rsid w:val="0014290B"/>
     <w:rsid w:val="00173FBF"/>
     <w:rsid w:val="00197977"/>
     <w:rsid w:val="001A3BA5"/>
     <w:rsid w:val="001B615E"/>
     <w:rsid w:val="001C2D67"/>
     <w:rsid w:val="001D0C68"/>
     <w:rsid w:val="001D66E0"/>
     <w:rsid w:val="001E6DF1"/>
     <w:rsid w:val="001F4287"/>
     <w:rsid w:val="001F7BC0"/>
     <w:rsid w:val="00202A77"/>
     <w:rsid w:val="0020438A"/>
     <w:rsid w:val="00207C46"/>
     <w:rsid w:val="002224EB"/>
     <w:rsid w:val="0022326A"/>
     <w:rsid w:val="002302D9"/>
     <w:rsid w:val="002425D6"/>
     <w:rsid w:val="002440DA"/>
     <w:rsid w:val="0026341E"/>
     <w:rsid w:val="00270ECA"/>
     <w:rsid w:val="00271CE5"/>
     <w:rsid w:val="00272E8F"/>
     <w:rsid w:val="00275A50"/>
     <w:rsid w:val="00276637"/>
     <w:rsid w:val="00280E9A"/>
@@ -6721,115 +6724,118 @@
     <w:rsid w:val="008E7E19"/>
     <w:rsid w:val="008F026E"/>
     <w:rsid w:val="008F1033"/>
     <w:rsid w:val="008F3500"/>
     <w:rsid w:val="008F51E8"/>
     <w:rsid w:val="0090531A"/>
     <w:rsid w:val="00910CD5"/>
     <w:rsid w:val="00914F26"/>
     <w:rsid w:val="00924E3C"/>
     <w:rsid w:val="009477FA"/>
     <w:rsid w:val="009511AD"/>
     <w:rsid w:val="00953B2B"/>
     <w:rsid w:val="009541F3"/>
     <w:rsid w:val="009565D0"/>
     <w:rsid w:val="00960D98"/>
     <w:rsid w:val="009612BB"/>
     <w:rsid w:val="00966028"/>
     <w:rsid w:val="00966593"/>
     <w:rsid w:val="009833DD"/>
     <w:rsid w:val="00983F0E"/>
     <w:rsid w:val="00992E0B"/>
     <w:rsid w:val="009A14B7"/>
     <w:rsid w:val="009A229D"/>
     <w:rsid w:val="009C123F"/>
     <w:rsid w:val="009C4FD9"/>
+    <w:rsid w:val="009D7814"/>
     <w:rsid w:val="009E6AC6"/>
     <w:rsid w:val="009F30FB"/>
     <w:rsid w:val="00A000F2"/>
     <w:rsid w:val="00A03673"/>
     <w:rsid w:val="00A125C5"/>
     <w:rsid w:val="00A12D5C"/>
     <w:rsid w:val="00A16D01"/>
     <w:rsid w:val="00A238F1"/>
     <w:rsid w:val="00A276F7"/>
     <w:rsid w:val="00A31606"/>
     <w:rsid w:val="00A443A1"/>
     <w:rsid w:val="00A5039D"/>
     <w:rsid w:val="00A61123"/>
     <w:rsid w:val="00A65EE7"/>
     <w:rsid w:val="00A70133"/>
     <w:rsid w:val="00A748A0"/>
     <w:rsid w:val="00A74999"/>
     <w:rsid w:val="00A95325"/>
     <w:rsid w:val="00AB16A7"/>
     <w:rsid w:val="00AB1D71"/>
     <w:rsid w:val="00AB6133"/>
     <w:rsid w:val="00AC5C16"/>
     <w:rsid w:val="00AE40D6"/>
     <w:rsid w:val="00AE6CBB"/>
+    <w:rsid w:val="00AF7475"/>
     <w:rsid w:val="00AF7F7C"/>
     <w:rsid w:val="00B1337D"/>
     <w:rsid w:val="00B17141"/>
     <w:rsid w:val="00B27607"/>
     <w:rsid w:val="00B31575"/>
     <w:rsid w:val="00B32AF8"/>
     <w:rsid w:val="00B47AF6"/>
     <w:rsid w:val="00B50C13"/>
     <w:rsid w:val="00B53904"/>
     <w:rsid w:val="00B8547D"/>
     <w:rsid w:val="00BB06B8"/>
     <w:rsid w:val="00BE08CD"/>
     <w:rsid w:val="00BE094A"/>
     <w:rsid w:val="00BE27D5"/>
     <w:rsid w:val="00BE4FE6"/>
     <w:rsid w:val="00BF0552"/>
     <w:rsid w:val="00BF2EDF"/>
     <w:rsid w:val="00C13B62"/>
     <w:rsid w:val="00C250D5"/>
     <w:rsid w:val="00C31108"/>
     <w:rsid w:val="00C3121C"/>
     <w:rsid w:val="00C47F8D"/>
     <w:rsid w:val="00C57836"/>
     <w:rsid w:val="00C64874"/>
     <w:rsid w:val="00C6674E"/>
     <w:rsid w:val="00C81391"/>
     <w:rsid w:val="00C86FA6"/>
     <w:rsid w:val="00C911B7"/>
     <w:rsid w:val="00C92898"/>
     <w:rsid w:val="00C94BA2"/>
     <w:rsid w:val="00CA38DC"/>
     <w:rsid w:val="00CA699D"/>
     <w:rsid w:val="00CA6CEF"/>
     <w:rsid w:val="00CC179C"/>
     <w:rsid w:val="00CE6AA0"/>
     <w:rsid w:val="00CE72B1"/>
     <w:rsid w:val="00CE7514"/>
     <w:rsid w:val="00CF4D78"/>
     <w:rsid w:val="00CF5D74"/>
     <w:rsid w:val="00D248DE"/>
     <w:rsid w:val="00D33597"/>
+    <w:rsid w:val="00D36DFB"/>
     <w:rsid w:val="00D37A4B"/>
     <w:rsid w:val="00D8542D"/>
     <w:rsid w:val="00D87453"/>
     <w:rsid w:val="00D91866"/>
     <w:rsid w:val="00DA2C9A"/>
     <w:rsid w:val="00DC6A71"/>
     <w:rsid w:val="00DE5B46"/>
     <w:rsid w:val="00E00AE8"/>
     <w:rsid w:val="00E00F7A"/>
     <w:rsid w:val="00E0357D"/>
     <w:rsid w:val="00E12EC6"/>
     <w:rsid w:val="00E22D44"/>
     <w:rsid w:val="00E24EC2"/>
     <w:rsid w:val="00E404F7"/>
     <w:rsid w:val="00E45256"/>
     <w:rsid w:val="00E50108"/>
     <w:rsid w:val="00E55D46"/>
     <w:rsid w:val="00E57198"/>
     <w:rsid w:val="00E572FE"/>
     <w:rsid w:val="00E66CA1"/>
     <w:rsid w:val="00E71389"/>
     <w:rsid w:val="00E725CE"/>
     <w:rsid w:val="00E72DAB"/>
     <w:rsid w:val="00E853E8"/>
     <w:rsid w:val="00E87737"/>
@@ -6880,51 +6886,51 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sl-SI"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#428299"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="76175E48"/>
   <w15:docId w15:val="{FC0A967E-8436-4219-AD45-6B5F76AE2C0B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sl-SI" w:eastAsia="sl-SI" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7776,51 +7782,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004106F8"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revizija">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0056689A"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="101727174">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="376704073">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8062,51 +8068,51 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1145396366">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.izvoznookno.si/Dokumenti/Mednarodno_trgovanje/Ukrepi_trgovinske_politke_/Tarifne_opustitve_23.aspx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:32023R1191" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=OJ:L_202401851" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=uriserv%3AOJ.L_.2021.458.01.0033.01.SLV&amp;toc=OJ%3AL%3A2021%3A458%3ATOC" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/legal-content/SL/TXT/?qid=1404974915917&amp;uri=CELEX:32002R1147" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=OJ:L_202401829" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:32019R0998&amp;from=EN" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=uriserv%3AOJ.L_.2021.466.01.0001.01.SLV&amp;toc=OJ%3AL%3A2021%3A466%3ATOC" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=CELEX%3A32022R0972&amp;qid=1663228349818" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=CELEX%3A32022R1008&amp;qid=1663228137355" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mgrt.gov.si/si/delovna_podrocja/turizem_in_internacionalizacija/sektor_za_internacionalizacijo/internacionalizacija/trgovinska_politika_eu/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:32019R2220&amp;from=FR" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=uriserv%3AOJ.L_.2021.458.01.0033.01.SLV&amp;toc=OJ%3AL%3A2021%3A458%3ATOC" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=uriserv:OJ.L_.2020.204.01.0034.01.SLV&amp;toc=OJ:L:2020:204:TOC" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=OJ:L:2022:340:TOC" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=uriserv%3AOJ.L_.2022.330.01.0109.01.SLV&amp;toc=OJ%3AL%3A2022%3A330%3ATOC" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:32021R1052&amp;from=SL" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:32018R0581&amp;qid=1531289496788&amp;from=SL" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:32021R1051&amp;from=SL" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:32023R1190" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=uriserv%3AOJ.L_.2021.466.01.0001.01.SLV&amp;toc=OJ%3AL%3A2021%3A466%3ATOC" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.izvoznookno.si/Dokumenti/Mednarodno_trgovanje/Ukrepi_trgovinske_politke_/Tarifne_opustitve_23.aspx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=OJ:L_202401829" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:32019R0998&amp;from=EN" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=CELEX%3A32022R0972&amp;qid=1663228349818" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/legal-content/SL/TXT/?qid=1404974915917&amp;uri=CELEX:32002R1147" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=OJ:L_202501292" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:32019R2220&amp;from=FR" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=uriserv%3AOJ.L_.2021.466.01.0001.01.SLV&amp;toc=OJ%3AL%3A2021%3A466%3ATOC" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=uriserv%3AOJ.L_.2022.330.01.0109.01.SLV&amp;toc=OJ%3AL%3A2022%3A330%3ATOC" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:32023R1190" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mgrt.gov.si/si/delovna_podrocja/turizem_in_internacionalizacija/sektor_za_internacionalizacijo/internacionalizacija/trgovinska_politika_eu/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=uriserv:OJ.L_.2020.204.01.0034.01.SLV&amp;toc=OJ:L:2020:204:TOC" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=uriserv%3AOJ.L_.2021.466.01.0001.01.SLV&amp;toc=OJ%3AL%3A2021%3A466%3ATOC" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=uriserv%3AOJ.L_.2021.458.01.0033.01.SLV&amp;toc=OJ%3AL%3A2021%3A458%3ATOC" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:32021R1051&amp;from=SL" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=OJ:L_202401851" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:32023R1191" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=CELEX%3A32022R1008&amp;qid=1663228137355" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:32018R0581&amp;qid=1531289496788&amp;from=SL" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=uriserv%3AOJ.L_.2021.458.01.0033.01.SLV&amp;toc=OJ%3AL%3A2021%3A458%3ATOC" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=OJ:L_202501303" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=OJ:L:2022:340:TOC" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Officeova tema">
   <a:themeElements>
     <a:clrScheme name="Pisarna">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8373,51 +8379,56 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100D54B973E05FF924392C75F7125FABE1C" ma:contentTypeVersion="3" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="bb977881d2c02028a42462b285840193">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="08756591c7c269dcc4efb2a8b72a38b4">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
@@ -8491,136 +8502,131 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0B9D471-9D15-466E-9F39-A6F0FCC9FB13}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57570F76-0E32-458E-877B-7EB1513B61EA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B33610A-A95D-4F76-84DF-AF6F3C625B88}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{920B29F4-970E-4A82-837B-7D406854A49F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B33610A-A95D-4F76-84DF-AF6F3C625B88}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57570F76-0E32-458E-877B-7EB1513B61EA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1456</Words>
-  <Characters>8305</Characters>
+  <Words>1459</Words>
+  <Characters>8319</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>69</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Številka:</vt:lpstr>
       <vt:lpstr>Številka: </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Finančna Uprava RS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9742</CharactersWithSpaces>
+  <CharactersWithSpaces>9759</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>851974</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>42</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.fu.gov.si/davki_in_druge_dajatve/mednarodno_obdavcenje/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>c78</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>851974</vt:i4>
       </vt:variant>
       <vt:variant>